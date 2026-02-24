--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -207,79 +207,79 @@
         <w:t>Sent via email to:</w:t>
       </w:r>
       <w:r w:rsidR="32F320CD" w:rsidRPr="535EF80B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="32F320CD" w:rsidRPr="4388BD5B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29EC3D93" w14:textId="77777777" w:rsidR="003773B9" w:rsidRPr="00861636" w:rsidRDefault="003773B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="765A0FFC" w14:textId="364D4FC4" w:rsidR="003773B9" w:rsidRPr="00861636" w:rsidRDefault="003773B9">
+    <w:p w14:paraId="765A0FFC" w14:textId="0ED9F5B6" w:rsidR="003773B9" w:rsidRPr="00861636" w:rsidRDefault="003773B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4CA8DDB4">
+      <w:r w:rsidRPr="00796FAA">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Subject: Please oppose </w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject: </w:t>
       </w:r>
       <w:r w:rsidR="3DC8A18E" w:rsidRPr="7CD8247A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">the Government’s </w:t>
+        <w:t xml:space="preserve">Government </w:t>
       </w:r>
       <w:r w:rsidRPr="7CD8247A">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>plans</w:t>
+        <w:t>plan</w:t>
       </w:r>
       <w:r w:rsidRPr="4CA8DDB4">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="418AE760" w:rsidRPr="4CA8DDB4">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
       <w:r w:rsidRPr="4CA8DDB4">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> jury trials</w:t>
       </w:r>
       <w:r w:rsidR="36CC7F84" w:rsidRPr="6574597D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
@@ -310,579 +310,785 @@
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[NAME]</w:t>
       </w:r>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53EF3E01" w14:textId="77777777" w:rsidR="003773B9" w:rsidRDefault="003773B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62E50C3E" w14:textId="355DE8F4" w:rsidR="003773B9" w:rsidRDefault="1CB9E582" w:rsidP="0ED4E2A9">
+    <w:p w14:paraId="62E50C3E" w14:textId="3937ED12" w:rsidR="003773B9" w:rsidRDefault="1CB9E582" w:rsidP="0ED4E2A9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>As your constituent, I am writing to you to highlight the threat our justice system is facing</w:t>
+        <w:t xml:space="preserve">As your constituent, I am writing </w:t>
+      </w:r>
+      <w:r w:rsidR="00796FAA" w:rsidRPr="00796FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[or writing again]</w:t>
+      </w:r>
+      <w:r w:rsidR="00796FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> on 2 December</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00796FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raise my serious concerns about the Government’s plans to restrict the right to elect for jury trial for </w:t>
       </w:r>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that the government plans to restrict the right to elect for jury trial in either-way offences that attract </w:t>
+        <w:t xml:space="preserve">offences that attract </w:t>
       </w:r>
       <w:r w:rsidRPr="549253B1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>sentences</w:t>
       </w:r>
       <w:r w:rsidR="1F3A3E87" w:rsidRPr="549253B1">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve"> up to three years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E55E7EE" w14:textId="2EE3F0C5" w:rsidR="003773B9" w:rsidRDefault="003773B9" w:rsidP="5C5BFDBF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79FF5223" w14:textId="3C16014D" w:rsidR="192E3A52" w:rsidRDefault="192E3A52" w:rsidP="56BEE986">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4FE37199" w14:textId="4445BDC4" w:rsidR="00796FAA" w:rsidRDefault="00796FAA" w:rsidP="56BEE986">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D472F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">practising </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">barrister I </w:t>
+      </w:r>
+      <w:r w:rsidR="00D472F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">share the Government’s concerns </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">about delays in the Crown Court and the impact </w:t>
+      </w:r>
+      <w:r w:rsidR="00D472F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this has </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>on complainants, witnesses and defendants</w:t>
+      </w:r>
+      <w:r w:rsidR="00D472F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>. B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut juries are not the cause of the backlog – which is now close to 80,000 cases. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2B1373" w14:textId="77777777" w:rsidR="00796FAA" w:rsidRDefault="00796FAA" w:rsidP="56BEE986">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F4ABF62" w14:textId="58A48B80" w:rsidR="00D472F7" w:rsidRDefault="00D472F7" w:rsidP="00D472F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="52257339">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[ADD any personal experiences or views on the importance of jury trials – ideally those impacted by </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7C03" w:rsidRPr="52257339">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>3-year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="52257339">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sentences]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A399B1" w14:textId="77777777" w:rsidR="00D472F7" w:rsidRDefault="00D472F7" w:rsidP="00D472F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67386FA5" w14:textId="4A68F56F" w:rsidR="00D472F7" w:rsidRDefault="00D472F7" w:rsidP="00D472F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Government’s proposal to </w:t>
+      </w:r>
+      <w:r w:rsidR="3C9DC2FC" w:rsidRPr="0E173A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>curtail jury trials</w:t>
+      </w:r>
+      <w:r w:rsidR="192E3A52" w:rsidRPr="56BEE986">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="192E3A52" w:rsidRPr="56BEE986">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>based on little evidence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>The Lord Chancellor himself</w:t>
+      </w:r>
       <w:r w:rsidRPr="56BEE986">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve">I am a </w:t>
-[...65 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0073161F">
-[...12 lines deleted...]
-        <w:r w:rsidR="13E6ECA5" w:rsidRPr="3BABFD91">
+      <w:hyperlink r:id="rId8" w:anchor="contribution-7ABBA43D-764D-4C0A-BCBD-9CE9F27554BE">
+        <w:r w:rsidRPr="3BABFD91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           </w:rPr>
           <w:t>has acknowledged</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="13E6ECA5" w:rsidRPr="3BABFD91">
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="3BABFD91">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that this proposal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BABFD91">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>will only see the numbers starting to fall by the next general election</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BABFD91">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1A1342" w14:textId="5FA8EDDB" w:rsidR="66EE6287" w:rsidRDefault="66EE6287">
+    <w:p w14:paraId="129D500E" w14:textId="77777777" w:rsidR="00D472F7" w:rsidRDefault="00D472F7" w:rsidP="00D472F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D2CF955" w14:textId="10A0F261" w:rsidR="69C012BE" w:rsidRDefault="69C012BE">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">[ADD any personal experiences or views on the importance of jury trials – ideally those impacted by </w:t>
+    <w:p w14:paraId="3D554182" w14:textId="26FC9735" w:rsidR="00D472F7" w:rsidRDefault="00D472F7" w:rsidP="00D472F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New research by the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00683B9D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+          </w:rPr>
+          <w:t>Institute for Government</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has revealed that the proposal for judge-only trials would only save 2% of court time. </w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do not support the erosion of </w:t>
+      </w:r>
+      <w:r w:rsidR="3D406BB9" w:rsidRPr="56BEE986">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>a deeply entrenched constitutional principle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for negligible gain.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C6FEFCB" w14:textId="77777777" w:rsidR="00D472F7" w:rsidRDefault="00D472F7" w:rsidP="00D472F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1A1342" w14:textId="6A9FBC29" w:rsidR="66EE6287" w:rsidRDefault="00D472F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>Sir Brian Leveson has now published Part 2 of his report, which includes detailed recommendations for tackling inefficiencies in the system</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, many of which </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>are in line with the proposals submitted by the Bar Council and Criminal Bar Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="52257339">
-[...4 lines deleted...]
-        <w:t>3 year</w:t>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>In particular, I</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="52257339">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> sentences]</w:t>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support measures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to ensure</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> defendants are delivered to the dock on time, better use of technology, and the call to future-proof the system with “sustained and strategic investment in services, people, infrastructure and technology”. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCA6BF9" w14:textId="75B20129" w:rsidR="510B8A08" w:rsidRDefault="510B8A08" w:rsidP="510B8A08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66FF1241" w14:textId="46BCEE7E" w:rsidR="03DD19D9" w:rsidRDefault="0017262B">
+    <w:p w14:paraId="66FF1241" w14:textId="247821DE" w:rsidR="03DD19D9" w:rsidRDefault="0017262B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3002E14C">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve">Instead, </w:t>
-[...5 lines deleted...]
-        <w:t>attention</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Instead</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of wasting precious time and resources on new legislation to curtail jury trials, the Government should be </w:t>
       </w:r>
       <w:r w:rsidRPr="3002E14C">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="64B49DFD" w:rsidRPr="62ADBDB6">
+        <w:t xml:space="preserve">rebuilding </w:t>
+      </w:r>
+      <w:r w:rsidR="1CFBCB4D" w:rsidRPr="3002E14C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">our overstretched and </w:t>
+      </w:r>
+      <w:r w:rsidR="1CFBCB4D" w:rsidRPr="6CB1618E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="1E9A6C2C" w:rsidRPr="6CB1618E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
+      <w:r w:rsidR="1CFBCB4D" w:rsidRPr="6CB1618E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>ource</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="1CFBCB4D" w:rsidRPr="3002E14C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>starved justice</w:t>
+      </w:r>
       <w:r w:rsidRPr="3002E14C">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to be focused on rebuilding </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> system. We need urgent investment to address the inefficiencies in the system so that criminal trials are no longer delayed by crumbling court buildings, courtrooms sitting empty due to the cap on the number of days courts can ‘sit’, or the failure of prisoner transport to bring defendants to court on time. </w:t>
+        <w:t xml:space="preserve"> system. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E87B157" w14:textId="54769FEE" w:rsidR="428D777F" w:rsidRDefault="428D777F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E81CB67" w14:textId="6B011AAA" w:rsidR="6527989B" w:rsidRDefault="6527989B">
+    <w:p w14:paraId="7E81CB67" w14:textId="0A7286F5" w:rsidR="6527989B" w:rsidRDefault="6527989B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve">I strongly support </w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">strongly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="52257339">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">support </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidRPr="52257339">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
           </w:rPr>
           <w:t>the views of my representative body</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the Bar Council, as well as the Criminal Bar Association and the Circuit </w:t>
+        <w:t xml:space="preserve">, the Bar Council, as well as the Criminal Bar Association and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="52257339">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ircuit </w:t>
       </w:r>
       <w:r w:rsidR="009D24B8">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>eaders across England and Wales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A99D3FC" w14:textId="46A12C0A" w:rsidR="2D7C21E9" w:rsidRDefault="2D7C21E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26EF8AF1" w14:textId="32E3A34B" w:rsidR="00202D3F" w:rsidRDefault="00202D3F" w:rsidP="66C2DC9B">
+    <w:p w14:paraId="26EF8AF1" w14:textId="0C7F9611" w:rsidR="00202D3F" w:rsidRDefault="00202D3F" w:rsidP="66C2DC9B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve">As my local MP, I </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">you to </w:t>
+        <w:t xml:space="preserve">As my local MP, </w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I ask you to please </w:t>
       </w:r>
       <w:r w:rsidR="009D24B8">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>voice my concern</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="24928C36" w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve"> by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7BB443" w14:textId="7730EE66" w:rsidR="00202D3F" w:rsidRDefault="00202D3F" w:rsidP="66C2DC9B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B222EE1" w14:textId="0FF1A2EA" w:rsidR="00202D3F" w:rsidRPr="009D24B8" w:rsidRDefault="24928C36" w:rsidP="009D24B8">
+    <w:p w14:paraId="6B222EE1" w14:textId="214A6671" w:rsidR="00202D3F" w:rsidRPr="009D24B8" w:rsidRDefault="24928C36" w:rsidP="009D24B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D24B8">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="00202D3F" w:rsidRPr="009D24B8">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>rit</w:t>
       </w:r>
       <w:r w:rsidR="3E2E4EDB" w:rsidRPr="009D24B8">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve">ing to the Lord Chancellor </w:t>
       </w:r>
-      <w:r w:rsidR="4A69D994" w:rsidRPr="009D24B8">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00FD7920" w:rsidRPr="009D24B8">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
-        <w:t xml:space="preserve">and Deputy Prime Minister </w:t>
+        <w:t>and Deputy Prime Minister</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7920" w:rsidRPr="009D24B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3E2E4EDB" w:rsidRPr="009D24B8">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve">Rt Hon David Lammy MP </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3756CC" w14:textId="426A52B7" w:rsidR="5ECC300B" w:rsidRPr="009D24B8" w:rsidRDefault="5E3D9974" w:rsidP="009D24B8">
+    <w:p w14:paraId="10BE0E73" w14:textId="4FB26A5D" w:rsidR="1DC67B4F" w:rsidRPr="00683B9D" w:rsidRDefault="5E3D9974" w:rsidP="1DC67B4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D24B8">
-[...42 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Raising </w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D" w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">these </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>issue</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D" w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Parliament</w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D" w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through </w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D" w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ral </w:t>
+      </w:r>
+      <w:r w:rsidR="00683B9D" w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t>uestions, PQs, and debates</w:t>
+      </w:r>
+      <w:r w:rsidR="5F4B5FE4" w:rsidRPr="00683B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0F0BD0E6" w14:textId="77777777" w:rsidR="00202D3F" w:rsidRDefault="00202D3F" w:rsidP="003773B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F860BC1" w14:textId="61FC319C" w:rsidR="0017262B" w:rsidRDefault="00202D3F" w:rsidP="003773B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t xml:space="preserve">Yours </w:t>
       </w:r>
       <w:r w:rsidR="0017262B" w:rsidRPr="52257339">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
         </w:rPr>
         <w:t>sincerely,</w:t>
@@ -1379,92 +1585,96 @@
     <w:rsid w:val="004826BE"/>
     <w:rsid w:val="004941C9"/>
     <w:rsid w:val="004A20F4"/>
     <w:rsid w:val="004C0269"/>
     <w:rsid w:val="004D668E"/>
     <w:rsid w:val="00503B38"/>
     <w:rsid w:val="00507B1C"/>
     <w:rsid w:val="00513992"/>
     <w:rsid w:val="00517F3C"/>
     <w:rsid w:val="005264EB"/>
     <w:rsid w:val="00536C7D"/>
     <w:rsid w:val="00565C70"/>
     <w:rsid w:val="00576881"/>
     <w:rsid w:val="00587B9C"/>
     <w:rsid w:val="00593A51"/>
     <w:rsid w:val="00595358"/>
     <w:rsid w:val="005A63FD"/>
     <w:rsid w:val="005B0198"/>
     <w:rsid w:val="005B0841"/>
     <w:rsid w:val="005C1283"/>
     <w:rsid w:val="005C353C"/>
     <w:rsid w:val="005C3D83"/>
     <w:rsid w:val="005C7F7D"/>
     <w:rsid w:val="005D0301"/>
     <w:rsid w:val="005D1AE1"/>
+    <w:rsid w:val="005D7C03"/>
+    <w:rsid w:val="00617020"/>
     <w:rsid w:val="00617ABF"/>
     <w:rsid w:val="00625E5B"/>
     <w:rsid w:val="00627D79"/>
     <w:rsid w:val="0064212F"/>
     <w:rsid w:val="00644039"/>
     <w:rsid w:val="00647ED9"/>
     <w:rsid w:val="00651064"/>
     <w:rsid w:val="00661748"/>
     <w:rsid w:val="00677985"/>
     <w:rsid w:val="00680B24"/>
+    <w:rsid w:val="00683B9D"/>
     <w:rsid w:val="00697D9C"/>
     <w:rsid w:val="006A33B5"/>
     <w:rsid w:val="006A3AF9"/>
     <w:rsid w:val="006A598B"/>
     <w:rsid w:val="006A5D9C"/>
     <w:rsid w:val="006B0943"/>
     <w:rsid w:val="006B0ABE"/>
     <w:rsid w:val="006B19BF"/>
     <w:rsid w:val="006D0612"/>
     <w:rsid w:val="006D1804"/>
     <w:rsid w:val="006D219B"/>
     <w:rsid w:val="006D334A"/>
     <w:rsid w:val="006E3898"/>
     <w:rsid w:val="006F20EB"/>
     <w:rsid w:val="00701FB8"/>
     <w:rsid w:val="00704DE5"/>
     <w:rsid w:val="0070776C"/>
     <w:rsid w:val="007139D8"/>
     <w:rsid w:val="007165DF"/>
     <w:rsid w:val="00717E64"/>
     <w:rsid w:val="007236F6"/>
     <w:rsid w:val="00727ED2"/>
     <w:rsid w:val="0073027E"/>
     <w:rsid w:val="0073161F"/>
     <w:rsid w:val="0073233C"/>
     <w:rsid w:val="007407F0"/>
     <w:rsid w:val="00743B83"/>
     <w:rsid w:val="007507B5"/>
     <w:rsid w:val="00754DB9"/>
     <w:rsid w:val="00766214"/>
     <w:rsid w:val="00780B28"/>
     <w:rsid w:val="00795891"/>
+    <w:rsid w:val="00796FAA"/>
     <w:rsid w:val="007A434D"/>
     <w:rsid w:val="007A462F"/>
     <w:rsid w:val="007B3BFF"/>
     <w:rsid w:val="007B75F8"/>
     <w:rsid w:val="007C0604"/>
     <w:rsid w:val="007D47EF"/>
     <w:rsid w:val="007D557D"/>
     <w:rsid w:val="007D5C29"/>
     <w:rsid w:val="007D75CD"/>
     <w:rsid w:val="007F2421"/>
     <w:rsid w:val="007F27C4"/>
     <w:rsid w:val="007F2D64"/>
     <w:rsid w:val="007F3529"/>
     <w:rsid w:val="00807D36"/>
     <w:rsid w:val="00813D6B"/>
     <w:rsid w:val="0082134E"/>
     <w:rsid w:val="00821866"/>
     <w:rsid w:val="00822459"/>
     <w:rsid w:val="00824A3D"/>
     <w:rsid w:val="00825EAD"/>
     <w:rsid w:val="00827D0C"/>
     <w:rsid w:val="00831542"/>
     <w:rsid w:val="00833538"/>
     <w:rsid w:val="0083362E"/>
     <w:rsid w:val="00840F98"/>
@@ -1539,83 +1749,85 @@
     <w:rsid w:val="00AD40A8"/>
     <w:rsid w:val="00AF5926"/>
     <w:rsid w:val="00AF5D26"/>
     <w:rsid w:val="00B040E3"/>
     <w:rsid w:val="00B13135"/>
     <w:rsid w:val="00B21635"/>
     <w:rsid w:val="00B3783A"/>
     <w:rsid w:val="00B37A86"/>
     <w:rsid w:val="00B42D03"/>
     <w:rsid w:val="00B42D6A"/>
     <w:rsid w:val="00B5799B"/>
     <w:rsid w:val="00B71A09"/>
     <w:rsid w:val="00B80AFA"/>
     <w:rsid w:val="00B82C62"/>
     <w:rsid w:val="00B83009"/>
     <w:rsid w:val="00BA3416"/>
     <w:rsid w:val="00BA6904"/>
     <w:rsid w:val="00BB6492"/>
     <w:rsid w:val="00BC3F3C"/>
     <w:rsid w:val="00BC6BBB"/>
     <w:rsid w:val="00BD06D0"/>
     <w:rsid w:val="00BD23A4"/>
     <w:rsid w:val="00BD4676"/>
     <w:rsid w:val="00BD5C73"/>
     <w:rsid w:val="00BE08F6"/>
+    <w:rsid w:val="00C10A0F"/>
     <w:rsid w:val="00C11BB6"/>
     <w:rsid w:val="00C15A14"/>
     <w:rsid w:val="00C1635B"/>
     <w:rsid w:val="00C23520"/>
     <w:rsid w:val="00C3110C"/>
     <w:rsid w:val="00C32F79"/>
     <w:rsid w:val="00C338E1"/>
     <w:rsid w:val="00C344FF"/>
     <w:rsid w:val="00C3725C"/>
     <w:rsid w:val="00C374F1"/>
     <w:rsid w:val="00C46902"/>
     <w:rsid w:val="00C52FDA"/>
     <w:rsid w:val="00C604EC"/>
     <w:rsid w:val="00C65F0E"/>
     <w:rsid w:val="00C660D2"/>
     <w:rsid w:val="00C80899"/>
     <w:rsid w:val="00C8172C"/>
     <w:rsid w:val="00C824EB"/>
     <w:rsid w:val="00C9115A"/>
     <w:rsid w:val="00CA161E"/>
     <w:rsid w:val="00CA7315"/>
     <w:rsid w:val="00CB2B2E"/>
     <w:rsid w:val="00CC1987"/>
     <w:rsid w:val="00CC3AF9"/>
     <w:rsid w:val="00CC46A8"/>
     <w:rsid w:val="00CD2963"/>
     <w:rsid w:val="00CF3969"/>
     <w:rsid w:val="00D104AF"/>
     <w:rsid w:val="00D22360"/>
     <w:rsid w:val="00D310BC"/>
     <w:rsid w:val="00D32BE3"/>
     <w:rsid w:val="00D357EC"/>
     <w:rsid w:val="00D42435"/>
+    <w:rsid w:val="00D472F7"/>
     <w:rsid w:val="00D52361"/>
     <w:rsid w:val="00D5757E"/>
     <w:rsid w:val="00D61041"/>
     <w:rsid w:val="00D73532"/>
     <w:rsid w:val="00D964B4"/>
     <w:rsid w:val="00DA344B"/>
     <w:rsid w:val="00DB216E"/>
     <w:rsid w:val="00DB3469"/>
     <w:rsid w:val="00DB38DE"/>
     <w:rsid w:val="00DC4675"/>
     <w:rsid w:val="00DD21CB"/>
     <w:rsid w:val="00DE0D8C"/>
     <w:rsid w:val="00DE3B05"/>
     <w:rsid w:val="00DE4737"/>
     <w:rsid w:val="00E00552"/>
     <w:rsid w:val="00E00755"/>
     <w:rsid w:val="00E02E2F"/>
     <w:rsid w:val="00E21BA7"/>
     <w:rsid w:val="00E21C9E"/>
     <w:rsid w:val="00E30712"/>
     <w:rsid w:val="00E31489"/>
     <w:rsid w:val="00E31EED"/>
     <w:rsid w:val="00E42B4C"/>
     <w:rsid w:val="00E4338F"/>
     <w:rsid w:val="00E4346F"/>
@@ -2891,51 +3103,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00453A16"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hansard.parliament.uk/commons/2025-12-02/debates/35A0DBE7-1ABC-44B5-A3EA-0B3BA8C2E488/CriminalCourtReform" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.barcouncil.org.uk/policy-representation/work-in-parliament/leveson-criminal-courts-review.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hansard.parliament.uk/commons/2025-12-02/debates/35A0DBE7-1ABC-44B5-A3EA-0B3BA8C2E488/CriminalCourtReform" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hansard.parliament.uk/commons/2025-12-02/debates/35A0DBE7-1ABC-44B5-A3EA-0B3BA8C2E488/CriminalCourtReform" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.barcouncil.org.uk/media-campaigns/campaigns/justice-needs-juries.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instituteforgovernment.org.uk/publication/judge-only-trials-court-demand-productivity" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3222,67 +3434,52 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4637399b-8766-482e-9063-91ea37efae44" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1eb86a1ce32d5f5ec90211888d322f2" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004B6BCF7931555248BC368BE572D41B23" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="781a56e782203efa375d390087ddf472">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4637399b-8766-482e-9063-91ea37efae44" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60356b0d75f5df2e0e7e7c09a1c8ce22" ns2:_="">
     <xsd:import namespace="4637399b-8766-482e-9063-91ea37efae44"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4637399b-8766-482e-9063-91ea37efae44" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3374,100 +3571,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{172A3DAE-50C6-4B7F-B083-1E6B1C5022CB}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E30FA967-4E72-4ACA-9C43-15ED3685E1B8}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB5B1743-1776-4800-BD5E-3EED9EE6BB22}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7662F78-C41D-4AEC-A2A0-D79B176BC413}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{172A3DAE-50C6-4B7F-B083-1E6B1C5022CB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="4637399b-8766-482e-9063-91ea37efae44"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>358</Words>
-  <Characters>2047</Characters>
+  <Words>409</Words>
+  <Characters>2334</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>4</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2401</CharactersWithSpaces>
+  <CharactersWithSpaces>2738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sally Burnell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004B6BCF7931555248BC368BE572D41B23</vt:lpwstr>
   </property>